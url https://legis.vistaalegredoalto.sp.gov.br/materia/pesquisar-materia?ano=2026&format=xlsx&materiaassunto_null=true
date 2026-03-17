--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -10,155 +10,330 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="177" uniqueCount="92">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Emendas</t>
   </si>
   <si>
     <t>Mesa da Câmara</t>
   </si>
   <si>
     <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4124/emenda_modificativa__01_2026.pdf</t>
   </si>
   <si>
     <t>MODIFICA-SE  o Artigo 1º do Projeto de Lei nº 01, de 05 de janeiro de 2026.</t>
   </si>
   <si>
     <t>André Luiz Carniel</t>
   </si>
   <si>
     <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4125/emenda__02-2026_supressiva.pdf</t>
   </si>
   <si>
     <t>SUPRIMI-SE do Artigo 2º do Projeto de Lei nº 02/2026, o inciso “IX - apresentar mais de 01 (um) atestado médico no mês”.</t>
   </si>
   <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Felipe Stelutti</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4139/ind04-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Prefeito Municipal que possa sinalizar ao lado do Pronto Socorro, para uso de embarque e desembarque de passageiros.</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4140/ind05-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Prefeito Municipal que faça um recape asfáltico na Rua Orquídeas na altura do número 48.</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4141/ind06-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Prefeito Municipal que seja colocado uma placa de contramão na Rua Jeremias de Paula Eduardo em frente ao Banco Sicred, pois havendo uma na direção da Avenida Luís Bassoli.</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4142/ind07-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Prefeito Municipal que seja colocado uma placa de contramão na Rua Aristeu Soares de Camargo, em frente à Escola Municipal.</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4143/ind08-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO PREFEITO MUNICIPAL QUE SEJA REFEITA A PLACA EM COMEMORAÇÃO AO CENTENÁRIO DE VISTA AELGRE DO ALTO E SEJA COLOCADA NOVAMENTE.</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4149/ind09-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO PREFEITO MUNICIPAL QUE PROMOVA A IMEDIATA REGULAMENTAÇÃO, NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL, DOS EFEITOS DECORRENTES DA LEI COMPLEMENTAR FEDERAL Nº 226/2026, ESPECIALMENTE NO QUE SE REFERE À SUPRESSÃO DA PROIBIÇÃO DE CONTAGEM DO PERÍODO COMPREENDIDO ENTRE 28/05/2020 E 31/12/2021 PARA FINS DE AQUISIÇÃO DE VANTAGENS PESSOAIS PELOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4150/proj_dec_01_2026_retificador.doc</t>
+  </si>
+  <si>
+    <t>Retifica o Decreto nº 01, de 13 de maio de 2025, para correção de erro material no número do processo de prestação de contas anuais do exercício de 2022 da Prefeitura Municipal de Vista Alegre do Alto/SP.</t>
+  </si>
+  <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Nelson Antonio Rozani</t>
   </si>
   <si>
     <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4127/pcl_01-2026_001267.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS NO QUADRO DE CARGOS EFETIVOS DA PREFEITURA MUNICIPAL DE VISTA ALEGRE DO ALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>Flauzio da Silva</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4136/projeto_de_lei_complementar_iptu_1.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI COMPLEMENTAR Nº 35, DE 03 DE NOVEMBRO DE 2003, QUE DISPÕE SOBRE O SISTEMA TRIBUTÁRIO DO MUNICÍPIO DE VISTA ALEGRE DO ALTO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4146/plc_03-2026_001341.pdf</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4147/plc_04-2026_001342.pdf</t>
+  </si>
+  <si>
+    <t>INSERE ATRIBUIÇÃO ESPECIAL AO ANEXO III QUADRO DE ATRIBUIÇÕES ESPECIAIS E RESPONSABILIDADES TÉCNICAS NA LEI COMPLEMENTAR Nº 201 DE  1º DE AGOSTO DE 2023.</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4148/plc_05-2026_001343.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA NOMENCLATURA DO INCISO I DO ARTIGO 32 DA LEI COMPLEMENTAR Nº 005 DE 3 DE MAIO DE 1999.</t>
+  </si>
+  <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4119/pl_01-2026_001255.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Reajuste Geral Anual dos Salários e Vencimentos dos Servidores Públicos Municipais de Vista Alegre do Alto, e dá outras providências”.</t>
   </si>
   <si>
     <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4120/pl_02-2026_001256.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Alteração do valor do Auxílio Alimentação dos Servidores Públicos Municipais”.</t>
   </si>
   <si>
     <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4121/pl_03-2026_001257.pdf</t>
   </si>
   <si>
     <t>“Altera a redação do artigo 2º, do inciso II do artigo 4º e artigo 9º da Lei Municipal nº 2.136 de 20 de janeiro de 2017, que especifica e dá outras providências”.</t>
   </si>
   <si>
     <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4122/pl_04_-_rga_edilidade.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Reajuste dos Vencimentos dos Funcionários Públicos da Câmara Municipal de Vista Alegre do Alto, e dá outras providências”.</t>
   </si>
   <si>
     <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4123/pl_05_-_aux_alim_cam.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a alteração do valor do Auxílio Alimentação dos Funcionários Públicos da Câmara Municipal de Vista Alegre do Alto, e dá outras providências”.</t>
   </si>
   <si>
     <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4126/pl_06-2026_001266.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR NO ORÇAMENTO VIGENTE UM CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 1.194.000,00, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4129/pl_07-2026_001292.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR NO ORÇAMENTO VIGENTE UM CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 807.311,88, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4130/pl_08-2026_001293.pdf</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4131/pl_09-2026_001294.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR NO ORÇAMENTO VIGENTE UM CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE R$ 114.000,00, E DÁ OUTRAS PROVIÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4132/pl_10-2026_001295.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR NO ORÇAMENTO VIGENTE UM CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 40.000,00, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4133/pl_11-2026_001296.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR NO ORÇAMENTO VIGENTE UM CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 1.250.000,00, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4134/pl_12-2026_001297.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A INSTITUIÇÃO E REGULAMENTAÇÃO DA FISCALIZAÇÃO DO DESCARTE DE LIXO NO MUNICÍPIO DE VISTA ALEGRE DO ALTO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4135/projeto_de_lei_13.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a exploração de publicidade em Ginásios Municipais de Esportes, Quadras Poliesportivas do Município e Estádios Municipais para fins de Incentivos e  Desenvolvimento do Esporte.</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4137/pl_14_001307.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza o Executivo Municipal a abrir no orçamento vigente um crédito adicional suplementar no valor de R$ 149.280,58, e dá outras providências. ”</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4138/pl_15_001308.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza o Executivo Municipal a abrir no orçamento vigente um crédito adicional especial no valor de R$ 466.345,31, e dá outras providências. ”</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4144/pl_16_001339.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR NO ORÇAMENTO VIGENTE UM CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE R$ 385.242,73, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4145/pl_17_001340.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR O ORÇAMENTO VIGENTE UM CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 33.000,00 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4152/pl_18_001399.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR NO ORÇAMENTO VIGENTE UM CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 293.000,00 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4153/pl_19_001400.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR NO ORÇAMENTO VIGENTE UM CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE R$ 288.500,00 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Anderson Soares Alonso</t>
+  </si>
+  <si>
+    <t>https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4151/requerimento_no_01-2026.pdf</t>
+  </si>
+  <si>
+    <t>“Requer informações acerca dos serviços jurídicos do município, conforme segue:_x000D_
+1)	É possível que seja construído um Eco Ponto Rural, com caçamba destinada a receber lixo, num espaço cimentado e com alambrado, com o intuito de receber lixo orgânico e inorgânico, separadamente?_x000D_
+2)	É possível instalar o Eco Ponto Rural próximo a rotatória situada no prolongamento da Rua Roma e o início da Estrada Municipal do Barro Preto?_x000D_
+3)	Em caso positivo, quando será realizado este serviço?_x000D_
+4)	Em caso negativo, o que impede este serviço?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -462,68 +637,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4124/emenda_modificativa__01_2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4125/emenda__02-2026_supressiva.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4127/pcl_01-2026_001267.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4119/pl_01-2026_001255.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4120/pl_02-2026_001256.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4121/pl_03-2026_001257.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4122/pl_04_-_rga_edilidade.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4123/pl_05_-_aux_alim_cam.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4126/pl_06-2026_001266.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4124/emenda_modificativa__01_2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4125/emenda__02-2026_supressiva.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4139/ind04-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4140/ind05-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4141/ind06-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4142/ind07-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4143/ind08-2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4149/ind09-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4150/proj_dec_01_2026_retificador.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4127/pcl_01-2026_001267.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4136/projeto_de_lei_complementar_iptu_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4146/plc_03-2026_001341.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4147/plc_04-2026_001342.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4148/plc_05-2026_001343.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4119/pl_01-2026_001255.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4120/pl_02-2026_001256.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4121/pl_03-2026_001257.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4122/pl_04_-_rga_edilidade.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4123/pl_05_-_aux_alim_cam.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4126/pl_06-2026_001266.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4129/pl_07-2026_001292.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4130/pl_08-2026_001293.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4131/pl_09-2026_001294.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4132/pl_10-2026_001295.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4133/pl_11-2026_001296.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4134/pl_12-2026_001297.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4135/projeto_de_lei_13.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4137/pl_14_001307.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4138/pl_15_001308.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4144/pl_16_001339.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4145/pl_17_001340.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4152/pl_18_001399.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4153/pl_19_001400.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legis.vistaalegredoalto.sp.gov.br/sapl/public/materialegislativa/2026/4151/requerimento_no_01-2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.5703125" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="146.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -562,241 +737,913 @@
       </c>
       <c r="B3">
         <v>2026</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
-        <v>4127</v>
+        <v>4139</v>
       </c>
       <c r="B4">
         <v>2026</v>
       </c>
       <c r="C4">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D4" t="s">
         <v>16</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H4" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
-        <v>4119</v>
+        <v>4140</v>
       </c>
       <c r="B5">
         <v>2026</v>
       </c>
       <c r="C5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D5" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
-        <v>4120</v>
+        <v>4141</v>
       </c>
       <c r="B6">
         <v>2026</v>
       </c>
       <c r="C6">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F6" t="s">
         <v>18</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="H6" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
-        <v>4121</v>
+        <v>4142</v>
       </c>
       <c r="B7">
         <v>2026</v>
       </c>
       <c r="C7">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>18</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H7" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
-        <v>4122</v>
+        <v>4143</v>
       </c>
       <c r="B8">
         <v>2026</v>
       </c>
       <c r="C8">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="H8" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
-        <v>4123</v>
+        <v>4149</v>
       </c>
       <c r="B9">
         <v>2026</v>
       </c>
       <c r="C9">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H9" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
-        <v>4126</v>
+        <v>4150</v>
       </c>
       <c r="B10">
         <v>2026</v>
       </c>
       <c r="C10">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H10" t="s">
         <v>34</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11">
+        <v>4127</v>
+      </c>
+      <c r="B11">
+        <v>2026</v>
+      </c>
+      <c r="C11">
+        <v>1</v>
+      </c>
+      <c r="D11" t="s">
+        <v>35</v>
+      </c>
+      <c r="E11" t="s">
+        <v>36</v>
+      </c>
+      <c r="F11" t="s">
+        <v>37</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H11" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12">
+        <v>4136</v>
+      </c>
+      <c r="B12">
+        <v>2026</v>
+      </c>
+      <c r="C12">
+        <v>2</v>
+      </c>
+      <c r="D12" t="s">
+        <v>35</v>
+      </c>
+      <c r="E12" t="s">
+        <v>36</v>
+      </c>
+      <c r="F12" t="s">
+        <v>40</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="H12" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13">
+        <v>4146</v>
+      </c>
+      <c r="B13">
+        <v>2026</v>
+      </c>
+      <c r="C13">
+        <v>3</v>
+      </c>
+      <c r="D13" t="s">
+        <v>35</v>
+      </c>
+      <c r="E13" t="s">
+        <v>36</v>
+      </c>
+      <c r="F13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H13" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14">
+        <v>4147</v>
+      </c>
+      <c r="B14">
+        <v>2026</v>
+      </c>
+      <c r="C14">
+        <v>4</v>
+      </c>
+      <c r="D14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E14" t="s">
+        <v>36</v>
+      </c>
+      <c r="F14" t="s">
+        <v>37</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15">
+        <v>4148</v>
+      </c>
+      <c r="B15">
+        <v>2026</v>
+      </c>
+      <c r="C15">
+        <v>5</v>
+      </c>
+      <c r="D15" t="s">
+        <v>35</v>
+      </c>
+      <c r="E15" t="s">
+        <v>36</v>
+      </c>
+      <c r="F15" t="s">
+        <v>37</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H15" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16">
+        <v>4119</v>
+      </c>
+      <c r="B16">
+        <v>2026</v>
+      </c>
+      <c r="C16">
+        <v>1</v>
+      </c>
+      <c r="D16" t="s">
+        <v>48</v>
+      </c>
+      <c r="E16" t="s">
+        <v>49</v>
+      </c>
+      <c r="F16" t="s">
+        <v>37</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H16" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17">
+        <v>4120</v>
+      </c>
+      <c r="B17">
+        <v>2026</v>
+      </c>
+      <c r="C17">
+        <v>2</v>
+      </c>
+      <c r="D17" t="s">
+        <v>48</v>
+      </c>
+      <c r="E17" t="s">
+        <v>49</v>
+      </c>
+      <c r="F17" t="s">
+        <v>37</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H17" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18">
+        <v>4121</v>
+      </c>
+      <c r="B18">
+        <v>2026</v>
+      </c>
+      <c r="C18">
+        <v>3</v>
+      </c>
+      <c r="D18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E18" t="s">
+        <v>49</v>
+      </c>
+      <c r="F18" t="s">
+        <v>37</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H18" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19">
+        <v>4122</v>
+      </c>
+      <c r="B19">
+        <v>2026</v>
+      </c>
+      <c r="C19">
+        <v>4</v>
+      </c>
+      <c r="D19" t="s">
+        <v>48</v>
+      </c>
+      <c r="E19" t="s">
+        <v>49</v>
+      </c>
+      <c r="F19" t="s">
+        <v>10</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H19" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20">
+        <v>4123</v>
+      </c>
+      <c r="B20">
+        <v>2026</v>
+      </c>
+      <c r="C20">
+        <v>5</v>
+      </c>
+      <c r="D20" t="s">
+        <v>48</v>
+      </c>
+      <c r="E20" t="s">
+        <v>49</v>
+      </c>
+      <c r="F20" t="s">
+        <v>10</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21">
+        <v>4126</v>
+      </c>
+      <c r="B21">
+        <v>2026</v>
+      </c>
+      <c r="C21">
+        <v>6</v>
+      </c>
+      <c r="D21" t="s">
+        <v>48</v>
+      </c>
+      <c r="E21" t="s">
+        <v>49</v>
+      </c>
+      <c r="F21" t="s">
+        <v>37</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H21" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22">
+        <v>4129</v>
+      </c>
+      <c r="B22">
+        <v>2026</v>
+      </c>
+      <c r="C22">
+        <v>7</v>
+      </c>
+      <c r="D22" t="s">
+        <v>48</v>
+      </c>
+      <c r="E22" t="s">
+        <v>49</v>
+      </c>
+      <c r="F22" t="s">
+        <v>37</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H22" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23">
+        <v>4130</v>
+      </c>
+      <c r="B23">
+        <v>2026</v>
+      </c>
+      <c r="C23">
+        <v>8</v>
+      </c>
+      <c r="D23" t="s">
+        <v>48</v>
+      </c>
+      <c r="E23" t="s">
+        <v>49</v>
+      </c>
+      <c r="F23" t="s">
+        <v>37</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H23" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24">
+        <v>4131</v>
+      </c>
+      <c r="B24">
+        <v>2026</v>
+      </c>
+      <c r="C24">
+        <v>9</v>
+      </c>
+      <c r="D24" t="s">
+        <v>48</v>
+      </c>
+      <c r="E24" t="s">
+        <v>49</v>
+      </c>
+      <c r="F24" t="s">
+        <v>37</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H24" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25">
+        <v>4132</v>
+      </c>
+      <c r="B25">
+        <v>2026</v>
+      </c>
+      <c r="C25">
+        <v>10</v>
+      </c>
+      <c r="D25" t="s">
+        <v>48</v>
+      </c>
+      <c r="E25" t="s">
+        <v>49</v>
+      </c>
+      <c r="F25" t="s">
+        <v>37</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H25" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26">
+        <v>4133</v>
+      </c>
+      <c r="B26">
+        <v>2026</v>
+      </c>
+      <c r="C26">
+        <v>11</v>
+      </c>
+      <c r="D26" t="s">
+        <v>48</v>
+      </c>
+      <c r="E26" t="s">
+        <v>49</v>
+      </c>
+      <c r="F26" t="s">
+        <v>37</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H26" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27">
+        <v>4134</v>
+      </c>
+      <c r="B27">
+        <v>2026</v>
+      </c>
+      <c r="C27">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>48</v>
+      </c>
+      <c r="E27" t="s">
+        <v>49</v>
+      </c>
+      <c r="F27" t="s">
+        <v>37</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H27" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28">
+        <v>4135</v>
+      </c>
+      <c r="B28">
+        <v>2026</v>
+      </c>
+      <c r="C28">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>48</v>
+      </c>
+      <c r="E28" t="s">
+        <v>49</v>
+      </c>
+      <c r="F28" t="s">
+        <v>40</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H28" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29">
+        <v>4137</v>
+      </c>
+      <c r="B29">
+        <v>2026</v>
+      </c>
+      <c r="C29">
+        <v>14</v>
+      </c>
+      <c r="D29" t="s">
+        <v>48</v>
+      </c>
+      <c r="E29" t="s">
+        <v>49</v>
+      </c>
+      <c r="F29" t="s">
+        <v>37</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H29" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30">
+        <v>4138</v>
+      </c>
+      <c r="B30">
+        <v>2026</v>
+      </c>
+      <c r="C30">
+        <v>15</v>
+      </c>
+      <c r="D30" t="s">
+        <v>48</v>
+      </c>
+      <c r="E30" t="s">
+        <v>49</v>
+      </c>
+      <c r="F30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H30" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31">
+        <v>4144</v>
+      </c>
+      <c r="B31">
+        <v>2026</v>
+      </c>
+      <c r="C31">
+        <v>16</v>
+      </c>
+      <c r="D31" t="s">
+        <v>48</v>
+      </c>
+      <c r="E31" t="s">
+        <v>49</v>
+      </c>
+      <c r="F31" t="s">
+        <v>37</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H31" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32">
+        <v>4145</v>
+      </c>
+      <c r="B32">
+        <v>2026</v>
+      </c>
+      <c r="C32">
+        <v>17</v>
+      </c>
+      <c r="D32" t="s">
+        <v>48</v>
+      </c>
+      <c r="E32" t="s">
+        <v>49</v>
+      </c>
+      <c r="F32" t="s">
+        <v>37</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H32" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33">
+        <v>4152</v>
+      </c>
+      <c r="B33">
+        <v>2026</v>
+      </c>
+      <c r="C33">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>48</v>
+      </c>
+      <c r="E33" t="s">
+        <v>49</v>
+      </c>
+      <c r="F33" t="s">
+        <v>37</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H33" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34">
+        <v>4153</v>
+      </c>
+      <c r="B34">
+        <v>2026</v>
+      </c>
+      <c r="C34">
+        <v>19</v>
+      </c>
+      <c r="D34" t="s">
+        <v>48</v>
+      </c>
+      <c r="E34" t="s">
+        <v>49</v>
+      </c>
+      <c r="F34" t="s">
+        <v>37</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H34" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35">
+        <v>4151</v>
+      </c>
+      <c r="B35">
+        <v>2026</v>
+      </c>
+      <c r="C35">
+        <v>1</v>
+      </c>
+      <c r="D35" t="s">
+        <v>87</v>
+      </c>
+      <c r="E35" t="s">
+        <v>88</v>
+      </c>
+      <c r="F35" t="s">
+        <v>89</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H35" t="s">
+        <v>91</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>